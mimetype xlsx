--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -36,179 +36,179 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Requerimento nº 7 de 2025</t>
   </si>
   <si>
-    <t>Ladislau Muniz de Bulhões Filho (Bui Bulhões)</t>
+    <t>Bui Bulhões</t>
   </si>
   <si>
     <t>O vereador Ladislau Muniz D Bulhões Filho, no uso de suas atribuições regimentais, vem requerer a realização de Audiência Pública, com o intuito de debater a implantação de um espaço exclusivo destinado à prática do esporte “Grau” no município de Jequié.</t>
   </si>
   <si>
     <t>Matéria inclusa na Ordem do Dia</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 44 de 2025</t>
   </si>
   <si>
-    <t>Valdemir Souza Braga Junior (Júnior Braga)</t>
+    <t>Júnior Braga</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS pela comemoração de 01 (um) ano do projeto PODCHAT- MENTES LIVRES em nossa cidade.</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 44 de 2025</t>
   </si>
   <si>
     <t>Zenildo Brandão (Zé Cocá) - Prefeito</t>
   </si>
   <si>
-    <t>PROJETO DE LEI Nº 044/2025	ALTERA O ART. 13 DA LEI N° 1.552, DE 4 DE FEVEREIRO DE 2002, INSTITUINDO NOVA ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DA FAZENDA, A LEI N° 1.992/2016, FIXANDO OS CARGOS EM COMISSÃO DA SECRETARIA MUNICIPAL DA FAZENDA, E O § 1° DO ART. 3° DA LEI N° 2.276, DE 29 DE DEZEMBRO DE 2022, QUE REGE A GRATIFICAÇÃO DE PRODUTIVIDADE FISCAL, E REVOGA DISPOSITIVOS DA LEI N° 1.552/2002, DA LEI N° 2.211/2022 E DA LEI N°  2.280/2023 E LEI N° 2.460/2025.</t>
+    <t>ALTERA O ART. 13 DA LEI N° 1.552, DE 4 DE FEVEREIRO DE 2002, INSTITUINDO NOVA ESTRUTURA ORGANIZACIONAL DA SECRETARIA MUNICIPAL DA FAZENDA, A LEI N° 1.992/2016, FIXANDO OS CARGOS EM COMISSÃO DA SECRETARIA MUNICIPAL DA FAZENDA, E O § 1° DO ART. 3° DA LEI N° 2.276, DE 29 DE DEZEMBRO DE 2022, QUE REGE A GRATIFICAÇÃO DE PRODUTIVIDADE FISCAL, E REVOGA DISPOSITIVOS DA LEI N° 1.552/2002, DA LEI N° 2.211/2022 E DA LEI N°  2.280/2023 E LEI N° 2.460/2025.</t>
   </si>
   <si>
     <t>Leitura do Parecer</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 1070 de 2025</t>
   </si>
   <si>
-    <t>Matheus Roberto Oliveira Macedo (Matheus Budega)</t>
+    <t>Matheus Budega</t>
   </si>
   <si>
     <t>Dispõe sobre a solicitação para a pavimentação da Rua F, Lot. Jardim Eldorado, situada no bairro do Jequiezinho.</t>
   </si>
   <si>
     <t>Matéria inclusa no Expediente</t>
   </si>
   <si>
     <t>Indicação nº 1072 de 2025</t>
   </si>
   <si>
-    <t>Moana dos Santos Meira Silva (Moana)</t>
+    <t>Moana Meira</t>
   </si>
   <si>
     <t>Indicamos ao Exmo. Prefeito Sr. Zenildo Brandão Santana (Zé Cocá), extensivo à Secretária de Educação Elvia Sampaio, que seja criado um “Conjunto de Ações e Campanhas de Conscientização e Combate ao Capacitismo nas escolas no âmbito do Município de Jequié”.</t>
   </si>
   <si>
     <t>Indicação nº 1073 de 2025</t>
   </si>
   <si>
     <t>Indicamos ao Exmº Srº Prefeito Zenildo Brandão a criação de um Projeto de Lei que institua o selo “Empresa Amiga dos Autistas” destinado aos estabelecimentos comerciais que adotem política interna de inserção de pessoas com Transtorno do Espectro Autista (TEA) no município de Jequié, conforme sugestão anexa.</t>
   </si>
   <si>
     <t>Indicação nº 1074 de 2025</t>
   </si>
   <si>
-    <t>Aroldo Paulino Brito (Aroldo Brito)</t>
+    <t>Aroldo Brito</t>
   </si>
   <si>
     <t>O Vereador Aroldo Brito, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente indicar ao Excelentíssimo Senhor Prefeito Zenildo Brandão_x000D_
 Santana, a realização de estudos técnicos visando à implantação de um Parque da_x000D_
 Cidade no município de Jequié, criando um espaço público estruturado, moderno,_x000D_
 sustentável e voltado ao lazer, esporte, convivência social, educação ambiental e_x000D_
 qualidade de vida da população.</t>
   </si>
   <si>
     <t>Indicação nº 1076 de 2025</t>
   </si>
   <si>
-    <t>Maria Aparecida Souza Santos de Deus (Cida)</t>
+    <t>Professora Cida</t>
   </si>
   <si>
     <t>Indicamos Excelentíssimo Senhor Prefeito Municipal Zenildo Brandão Santana, extensivo ao Secretário Municipal de Infraestrutura Sr. Lucindo Tomaz Vasconcelos Menezes, medidas cabíveis e necessárias para construção de uma praça na Av. Braz Arleo na Urbis III na lateral do aeroporto Vicente Grilo na Av. Bairro Jequiezinho Jequié-Ba.</t>
   </si>
   <si>
     <t>Indicação nº 1077 de 2025</t>
   </si>
   <si>
     <t>Indicamos Exmo.  Senhor Prefeito Municipal Zenildo Brandão Santana, extensivo ao Secretário Municipal de Infraestrutura Sr Lucindo Tomaz Vasconcelos Menezes, para o pronto atendimento desta proposição: Construir uma escadaria com corrimão na Rua Emanoel Domingos Cohim, via que dá acesso à Creche Expedito Nunes (foto anexa) no bairro do Joaquim Romão Jequié-Ba.</t>
   </si>
   <si>
     <t>Indicação nº 1079 de 2025</t>
   </si>
   <si>
-    <t>Helder Souza Santos (Helder da Agrorural)</t>
+    <t>Helder da Agrorural</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a requalificação da praça situada em frente ao Ginásio de Esportes Aníbal Brito, na Avenida Brigadeiro Sá Bittencourt.</t>
   </si>
   <si>
     <t>Indicação nº 1081 de 2025</t>
   </si>
   <si>
-    <t>Marcos Lameque Vasconcelos da Silva(Marcos do Ovo)</t>
+    <t>Marcos do Ovo</t>
   </si>
   <si>
     <t>Indicamos ao Chefe do Poder Executivo Municipal que avalie a viabilidade de elaborar e encaminhar a esta Casa Legislativa um Projeto de Lei que institua a Loteria Municipal, com a finalidade de ampliar a arrecadação destinada a áreas de interesse público.</t>
   </si>
   <si>
     <t>Indicação nº 1082 de 2025</t>
   </si>
   <si>
-    <t>Walmir Peleteiro M Júnior ( Jr de Márcia de Xexéu)</t>
+    <t>Júnior de Márcia de Xexéu</t>
   </si>
   <si>
     <t>Indicamos ao Excelentíssimo Senhor Prefeito Municipal Zenildo Brandão, extensivo ao Secretário Municipal de Infraestrutura, Sr. Lucindo Tomaz Vasconcelos Menezes, ao Secretário Municipal de Esportes, Sr. San David Aragão, e ao Deputado Estadual Hassan Ioussef, que sejam adotadas as medidas necessárias para a construção de uma Areninha Society no Residencial Segredo, neste município.</t>
   </si>
   <si>
     <t>Indicação nº 1084 de 2025</t>
   </si>
   <si>
-    <t>Robson Machado Pereira (Robson Machado)</t>
+    <t>Robson Machado</t>
   </si>
   <si>
     <t>Indicamos ao Prefeito Municipal Zenildo Brandão,  extensivo ao secretário de serviços públicos, o Sr. Neildo Bezerra de Freitas Filho, que sejam adotadas as providências necessárias para a limpeza completa da Praça Luiz Gonzaga, localizada na Avenida Vavá Lomanto Rocha, no Jequiezinho, neste município.</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo nº 46 de 2025</t>
   </si>
   <si>
-    <t>PROJETO DE LEI Nº 046/2025	INSTITUI O “AUXÍLIO-FARDAMENTO” DESTINADO AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE EXERÇAM ATIVIDADES QUE EXIJAM O USO OBRIGATÓRIO DE UNIFORME OU VESTIMENTA PADRONIZADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>INSTITUI O “AUXÍLIO-FARDAMENTO” DESTINADO AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE EXERÇAM ATIVIDADES QUE EXIJAM O USO OBRIGATÓRIO DE UNIFORME OU VESTIMENTA PADRONIZADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -509,51 +509,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.28515625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="48.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">