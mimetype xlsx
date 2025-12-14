--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -10,83 +10,102 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="74">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
-    <t>Moção de Pesar nº 6 de 2025</t>
+    <t>Moção de Aplausos nº 37 de 2025</t>
+  </si>
+  <si>
+    <t>Robson Machado Pereira (Robson Machado)</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Jequié, legítima representante da comunidade jequieense, faz inserir na Ata dos seus trabalhos de hoje a presente MOÇÃO DE APLAUSOS à Banda Marcial IERP (Fanfarra do IERP), pelo seu retorno às atividades após sete anos de paralisação.</t>
+  </si>
+  <si>
+    <t>Matéria inclusa na Ordem do Dia</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 9 de 2025</t>
+  </si>
+  <si>
+    <t>Helder Souza Santos (Helder da Agrorural)</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do médico ortopedista Dr. Leonardo Blanco Xavier</t>
+  </si>
+  <si>
+    <t>Moção de Pesar nº 10 de 2025</t>
   </si>
   <si>
     <t>Daubti Rocha Guimaraes (Colorido)</t>
   </si>
   <si>
-    <t>Moção de pesar pelo falecimento Maria Magnólia Rodrigues Dias</t>
-[...2 lines deleted...]
-    <t>Matéria inclusa na Ordem do Dia</t>
+    <t>A Câmara Municipal de Jequié faz inserir na ATA dos seus trabalhos de hoje, MOÇÃO DE PESAR pelo falecimento da professora Maria Magnolia Rodrigues Dias. _x000D_
+Sala das Sessões, 24 de outubro de 2025.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 972 de 2025</t>
   </si>
   <si>
     <t>Márcio Oliveira Melo (Marcinho)</t>
   </si>
   <si>
     <t>Criação do “Programa Municipal de Aprendizagem Inclusiva para Jovens Neurodivergentes”, destinado à inclusão sociolaboral de adolescentes e jovens adultos diagnosticados com Transtorno do Espectro Autista (TEA – nível de suporte 1) e/ou Transtorno do Déficit de Atenção com Hiperatividade (TDAH), nas repartições públicas municipais.</t>
   </si>
   <si>
     <t>Matéria inclusa no Expediente</t>
   </si>
   <si>
     <t>Indicação nº 973 de 2025</t>
   </si>
   <si>
     <t>Aroldo Paulino Brito (Aroldo Brito)</t>
   </si>
   <si>
     <t>O Vereador Aroldo Brito, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente indicar ao Excelentíssimo Senhor Prefeito Zenildo Brandão_x000D_
@@ -179,57 +198,93 @@
   <si>
     <t>Indicação nº 986 de 2025</t>
   </si>
   <si>
     <t>José Augusto de Aguiar Brito Filho (Gutinha)</t>
   </si>
   <si>
     <t>Solicitamos a construção de uma praça no Loteamento Recanto dos Pássaros, localizado no bairro São Luís, contemplando pergolado, pista de caminhada e academia ao ar livre.</t>
   </si>
   <si>
     <t>Indicação nº 988 de 2025</t>
   </si>
   <si>
     <t>Moana dos Santos Meira Silva (Moana)</t>
   </si>
   <si>
     <t>Indicamos ao Exmº Prefeito Municipal S.r. Zenildo Brandão, extensivo ao secretário de saúde Marlon Pereira a criação de um Projeto de Lei que assegure prioridade de atendimento para pessoas que realizam tratamento de quimioterapia, radioterapia, hemodiálise ou utilizem bolsa de colostomia em todas as unidades e setores de saúde do município de Jequié.</t>
   </si>
   <si>
     <t>Indicação nº 989 de 2025</t>
   </si>
   <si>
     <t>Indicamos ao Exmº Prefeito Municipal S.r. Zenildo Brandão, extensivo ao secretário de Infraestrutura o S.r. lucindo Tomaz Vasconcelos a pavimentação asfáltica da Rua Francisco Carneiro localizada no bairro do Jequiezinho.</t>
   </si>
   <si>
+    <t>Indicação nº 990 de 2025</t>
+  </si>
+  <si>
+    <t>Marcos Lameque Vasconcelos da Silva(Marcos do Ovo)</t>
+  </si>
+  <si>
+    <t>Indicamos ao Prefeito Municipal de Jequié, Zenildo Brandão Santana, autorizar ao Secretário de Serviços Públicos Neildo Bezerra de Freitas Filho, a tomar as providências necessárias para a modernização da iluminação em lâmpadas de Led na rua Coqueiros de Itapuã, rua Sol Itapoan e rua Teotônio Rocha, bairro Jequiezinho</t>
+  </si>
+  <si>
+    <t>Indicação nº 991 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Prefeito Municipal de Jequié, Zenildo Brandão Santana, autorizar ao Secretário de Serviços Esporte e San David Pereira Aragão, a tomar as providências necessárias à implementação de uma quadra e uma academia ao ar livre na praça localizada na rua Maria da Penha, bairro Água Branca.</t>
+  </si>
+  <si>
+    <t>Indicação nº 994 de 2025</t>
+  </si>
+  <si>
+    <t>Indicamos ao Excelentíssimo Senhor Prefeito Municipal, Zenildo Brandão, extensivo ao Secretário de Infraestrutura, Lucindo Tomaz Vasconcelos, que sejam adotadas as providências necessárias para a drenagem da Rua do Meio, situada no Km 4, neste município de Jequié.</t>
+  </si>
+  <si>
+    <t>Indicação nº 996 de 2025</t>
+  </si>
+  <si>
+    <t>Walmir Peleteiro M Júnior ( Jr de Márcia de Xexéu)</t>
+  </si>
+  <si>
+    <t>Indicamos ao Excelentíssimo Senhor Prefeito Municipal, Sr. Zenildo Brandão, extensivo ao Secretário de Serviços Públicos,o Sr. Neildo Bezerra de Freitas Filho, no sentido de enviarem esforços para realização da limpeza e desobstrução do canal localizado entre o Residencial Beira Rio e o Residencial Vida Jequié, local que dá acesso à Lagoa.</t>
+  </si>
+  <si>
     <t>Projeto de Lei Ordinária nº 58 de 2025</t>
   </si>
   <si>
     <t>Gilvan Souza Santana (Soldado Gilvan)</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A CONCESSÃO DAS SUBVENÇÕES, AUXILIOS E CONTRIBUIÇÕES DO MUNICIPIO.</t>
+    <t>DISPÕE SOBRE A CONCESSÃO DAS SUBVENÇÕES, AUXÍLIOS E CONTRIBUIÇÕES DO MUNICÍPIO DE JEQUIÉ.</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo nº 22 de 2025</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO JEQUIEENSE AO PADRE ADALBERTO NEVES DA SILVA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -521,422 +576,562 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="44.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="48.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>6874</v>
+        <v>6882</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>6851</v>
+        <v>6894</v>
       </c>
       <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
         <v>11</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>12</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>13</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>6853</v>
+        <v>6895</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>16</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>6855</v>
+        <v>6851</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>6856</v>
+        <v>6853</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>6857</v>
+        <v>6855</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>6858</v>
+        <v>6856</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>6859</v>
+        <v>6857</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>6863</v>
+        <v>6858</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>6864</v>
+        <v>6859</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
         <v>34</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>6865</v>
+        <v>6863</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>39</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>6866</v>
+        <v>6864</v>
       </c>
       <c r="B13" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>6870</v>
+        <v>6865</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>6872</v>
+        <v>6866</v>
       </c>
       <c r="B15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>47</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>6875</v>
+        <v>6870</v>
       </c>
       <c r="B16" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>50</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>6876</v>
+        <v>6872</v>
       </c>
       <c r="B17" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
+        <v>6875</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>6876</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>6883</v>
+      </c>
+      <c r="B20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>6884</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" t="s">
+        <v>60</v>
+      </c>
+      <c r="E21" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>6887</v>
+      </c>
+      <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>6889</v>
+      </c>
+      <c r="B23" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
         <v>6867</v>
       </c>
-      <c r="B18" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B24" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" t="s">
+        <v>71</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>6881</v>
+      </c>
+      <c r="B25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" t="s">
+        <v>73</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>